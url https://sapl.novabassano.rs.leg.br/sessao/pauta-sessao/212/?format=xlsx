--- v0 (2025-12-01)
+++ v1 (2026-01-26)
@@ -39,51 +39,51 @@
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária. nº 62 de 2025</t>
   </si>
   <si>
     <t>João Paulo Maroso - Prefeito Municipal (2025-2028)</t>
   </si>
   <si>
-    <t>Autoriza o município de Nova Bassano a receber em doação bem imóvel (letreiro turístico) da Cooperativa de Crédito SICREDI, e dá outras providências.</t>
+    <t>PL nº62/25 - Autoriza o município de Nova Bassano a receber em doação bem imóvel (letreiro turístico) da Cooperativa de Crédito SICREDI, e dá outras providências.</t>
   </si>
   <si>
     <t>Leitura em Plenário</t>
   </si>
   <si>
     <t>Moção nº 3 de 2025</t>
   </si>
   <si>
     <t>Vereador Gilberto Luis Artifon</t>
   </si>
   <si>
     <t>Moção de Repúdio ao teor do Dcreto Federal nº 12.686/2025, que altera a Política Nacional de Atendimento Educacional à Pessoa com Deficiência.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -397,51 +397,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="46.140625" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="135.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="147" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">