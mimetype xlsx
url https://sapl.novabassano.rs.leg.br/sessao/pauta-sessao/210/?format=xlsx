--- v0 (2025-12-01)
+++ v1 (2026-01-26)
@@ -39,51 +39,51 @@
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária. nº 61 de 2025</t>
   </si>
   <si>
     <t>João Paulo Maroso - Prefeito Municipal (2025-2028)</t>
   </si>
   <si>
-    <t>Autoriza o Poder executivo Municipal a conceder auxílio financeiro ao CÍRCULO DE PAIS E MESTRES DO COLÉGIO ESTADUAL COBALCHINI.</t>
+    <t>PL nº61/2025 - Autoriza o Poder executivo Municipal a conceder auxílio financeiro ao CÍRCULO DE PAIS E MESTRES DO COLÉGIO ESTADUAL COBALCHINI.</t>
   </si>
   <si>
     <t>Leitura em Plenário</t>
   </si>
   <si>
     <t>Proposição nº 9 de 2025</t>
   </si>
   <si>
     <t>Vereador Márcio De Conto,Vereadora Cidania de Moraes,Vereadora Odete Zanon Viccari,Vereador Oscar Francisco Todeschini</t>
   </si>
   <si>
     <t>Aquisição de Câmeras LPR para fins de cercamento eletrônico do perímetro urbano de Nova Bassano.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
@@ -403,51 +403,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="111.7109375" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="121.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="134.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">