--- v0 (2026-01-26)
+++ v1 (2026-03-31)
@@ -54,1015 +54,1015 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Vereador Gilberto Luis Artifon</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/470/mocao_de_apoio_no03__apoio_apae.docx</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/470/mocao_de_apoio_no03__apoio_apae.docx</t>
   </si>
   <si>
     <t>Moção de Repúdio ao teor do Dcreto Federal nº 12.686/2025, que altera a Política Nacional de Atendimento Educacional à Pessoa com Deficiência.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_decreto_no01-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_decreto_no01-2025_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação de contas anuais referentes ao exercício 2022, sob responsabilidade dos administradores Ivaldo Dalla Costa e João Paulo Maroso.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária.</t>
   </si>
   <si>
     <t>João Paulo Maroso</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/374/pl01-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/374/pl01-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A FAZERCONTRATAÇÃO TEMPORÁRIA DE ATÉ 03(TRÊS) PROFESSORES DE ARTES; ATÉ 03 (TRÊS) PROFESSORES DE MATEMÁTICA E ATÉ 10 (DEZ) PROFESSORES DE EDUCAÇÃO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/375/pl02-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/375/pl02-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CONTRATAÇÃO TEMPORÁRIADE ATÉ 20 ( VINTE) MONITOR DE EDUCAÇÃO INFANTIL EDÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/376/pl03-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/376/pl03-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CONTRATAÇÃO TEMPORÁRIA DE 2 (DOIS) OPERÁRIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/377/pl04-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/377/pl04-2025.pdf</t>
   </si>
   <si>
     <t>CRIA VAGA DE PROVIMENTO EFETIVO DE ATENDENTE DE FARMÁCIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/378/pl05-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/378/pl05-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONVALIDAÇÃO DE CARGOS PÚBLICOS OCUPADOS SEM A CRIAÇÃO FORMAL DA VAGA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/379/pl06-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/379/pl06-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LDI Nº 2.192, DE 26 DE MAIO DE 2009, QUE UNIFICA E ESTABELECE O PLANO DE CARREIRA DOS SERVIDORES, INSTITUI O RESPECTIVO QUADRO DE CARGOS, REAVALIA PADRÕES DE VENCIMENTOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/380/pl07-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/380/pl07-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA AS TABELAS X, XII E XV, DA LEI MUNICIPAL Nº3.419/2023 QUE ESTABELECE O CÓDIGO TRIBUTÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/386/pl08-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/386/pl08-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO AO CENTRO DE TRADIÇÕES GAÚCHAS POUSADA DO IMIGRANTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/388/pl10-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/388/pl10-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER INCENTIVO À EMPRESA WAGNER LUIZ BASSO LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O MUNICÍPIO DE NOVA PRATA, COM INTERVENIÊNCIA DO HOSPITAL SÃO JOÃO BATISTA DE NOVA PRATA, PARA CONTRATAÇÃO DE CONSULTAS, EXAMES E CIRURGIAS NA ÁREA DE ODTALMOLOGIA EXTRATETO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/390/pl11-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/390/pl11-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito especial no Orçamento de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/391/pl12-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/391/pl12-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no Orçamento de 2025 e dá outras providências - Finalidade de criar dotação orçamentária para utilização dos recursos referentes ao Convênio FPE nº5114/2024.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/392/pl13-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/392/pl13-2025.pdf</t>
   </si>
   <si>
     <t>PL13/2025-Autoriza o Poder Executivo Municipal a abrir Crédito Especial no Orçamento de 2025 e dá outras providências. - Emendas Parlamentares Individuais, para pavimentação de Estradas Vicinais e Urbanas.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/393/pl14-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/393/pl14-2025.pdf</t>
   </si>
   <si>
     <t>ESTABELECE ÍNDICE PARA A REVISÃO ANUAL, ACUMULADA NO PERÍODO, DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL, APOSENTADOS, PENSIONISTAS E CONSELHEIROS TUTELARES.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Denomina ruas localizadasno LOTEAMENTO DALL ÀGNOL, no Município de Nova Bassano, e dá outras providências.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipala abrir Crédito Especial no Orçamento de 2025 e dá outras providências. - Manutenção da Vigilância Sanitária.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/396/pl17-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/396/pl17-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar o programa de parcela remuneratótia aos agentes comunitários de saúde e de combate às endemias, nos meses que refere, para atender ao piso nacional da categoria estabelecido pela emenda constitucional nº 120/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/397/pl18-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/397/pl18-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a edificação-sede pela associação Alto Risco Moto Clube de Nova Bassano, e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de edificação-sede pela Associação dos gremistas de Nova Bassano, e dá outras providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/399/pl20-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/399/pl20-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de uma edificação-sede pela Associação Reduto Colorado de Nova Bassano, e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/400/pl21-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/400/pl21-2025.pdf</t>
   </si>
   <si>
     <t>Autorizza o Poder executivo Municipal a abrir Crédito Especial no Orçamento de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/401/pl22-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/401/pl22-2025_0001.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3.053, de 06 de novembro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/402/pl23-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/402/pl23-2025_0001.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 2.192, de 26 de maio de 2009, que unifica e estabelece o Plano de Carreira dos Servidores, reavalia padões de vencimento, altera requisitospara provimento.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/403/pl24-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/403/pl24-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo Municipal a conceder auxílio a ASSOCIAÇÃO VENETA DE NOVA BASSANO - AVENOBA, e dá outras providências.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/404/pl25-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/404/pl25-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3.127, de 18 de dezembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/405/pl26-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/405/pl26-2025_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar o evento Taça João Dagnese de Bochas, constante no calendário de Eventos, Lei Municipalnº 3.504 de 4 de dezembro de 2024.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/408/pl27-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/408/pl27-2025_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reforma administrativa do CISGA, que envolve: a criação de cargos de auxiliar administrativo e assessor executivo, aumento do padrão remuneratório, criação de uma função de pregoeiro e a criação e regulamentação de gratificação mensal pelo exercício da função admininstrativa e financeira, constantes no contrato de consórcio público e integrantes do quadro funcional e dá outras providências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/416/pl29-2025_.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/416/pl29-2025_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo Municipla a realizar despesa com o evento "3ª Corrida Rústica de Nova Bassano", e incluir o evento no Calendário Municipal de Eventos, Lei Municipal nº3.504 de 04 de dezembro de 2024.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/417/pl30-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/417/pl30-2025_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Colaboração com o CDL -Câmara de Dirigentes Lojistas e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/411/pl31-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/411/pl31-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer contratação temporária de até 3(três) Manipulador de Alimentos e dá outras providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/412/pl32-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/412/pl32-2025_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo Municipal a fazer contratação temporária de 02 Professores de Séries Iniciais e dá outras providências.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/413/pl33-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/413/pl33-2025_0001.pdf</t>
   </si>
   <si>
     <t>Reconhece como de importãncia regional a estrada municipal que menciona, e dá outras providências. ( estrada municipal Linha Anita Garibaldi)</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/414/pl34-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/414/pl34-2025_0001.pdf</t>
   </si>
   <si>
     <t>Cria vaga de Contador, o qual passa a integrar o Quadro dos Cargos de Provimento efetivo da Admininstração Centralizada do executivo e dá outras providências.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Autoriza contratação temporária por excepcional interesse público de 1 (um) eletricista.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/422/pl37_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/422/pl37_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a ofertar plano de saúde aos servidores ativos, titulares de cargo e de emprego, efetivos e em comissão, aos inativos, aos pensionistas, aos dependentes e aos exercentes de mandato eletivo.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/423/pl38_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/423/pl38_0001_0001.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 2º da lei municipal nº 3.539 de 10 de junho de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/426/pl40_2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/426/pl40_2025_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Anual para o quadriênio 2026/2029 e dá outras providências.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/427/pl41_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/427/pl41_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no Orçamento de 2025 e dá outras providências._x000D_
 Projeto: Conservação e Sinalização de Estradas Municipais.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/428/pl42_0001_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/428/pl42_0001_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL 42 - Altera o art.1º da Lei Municipal nº 3.537 de 27 de maio de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/429/pl43_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/429/pl43_0001_0001.pdf</t>
   </si>
   <si>
     <t>Altera art. 2º, parágrafo único da lei municipal nº3.275, de 22 de abril de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/436/pl45_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/436/pl45_0001_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Termo de Fomento com a Associação 'Cantare Per Voi', e dá outras providências.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/437/pl46_0001_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/437/pl46_0001_0001_0001.pdf</t>
   </si>
   <si>
     <t>Estabelece o Plano de Carreira do Magistério Público do Município de Nova Bassano, institui o respectivo quadro de cargos e funções e dá outras providências.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/438/pl47_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/438/pl47_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro ao CTG Pousada do Imigrante, de Nova Bassano, e dá outras providências.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/440/pl48_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/440/pl48_0001_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio ao CDL - Câmara de Dirigentes Lojistas de Nova Bassano, e dá outras providências.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/457/pl49_-_ldo_2026.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/457/pl49_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>PL nº49/2025 - Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/448/pl50_0001_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/448/pl50_0001_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL50/2025 - Autoriza o Poder Executivo Municipal a firmar convênio com o Município de nova Prata, objetivando a mútua colaboração, para auxiliar a 3ª companhia da Brigada Militar do Rio Grande do Sul com sede em Nova Prata e dá outras providências.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/449/pl51_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/449/pl51_0001.pdf</t>
   </si>
   <si>
     <t>PL51/2025 - Cria cargo de procurador, e dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/451/pl53_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/451/pl53_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL 53/2025 - Institui a Carteira de Identificação da pessoa com Fibromialgia - CIPFIBRO, no âmbito do município de Nova Bassano - RS.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/452/pl54_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/452/pl54_0001.pdf</t>
   </si>
   <si>
     <t>PL 54/2025 - Instirui o Programa de Recuperação Fiscal, denominado "Cidadão em dia+", que autoriza o município a conceder benefícios para recuperação da dívida ativa municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/456/pl55_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/456/pl55_0001.pdf</t>
   </si>
   <si>
     <t>PL55/2025 - Autoriza o Poder Executivo Municipal a conceder auxílio financeiro ao CÍRCULO DE PAIS E MESTRES DO COLÉGIO ESTADUAL PE.COBALCHINI.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/454/pl56_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/454/pl56_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL 56/2025 -Cria cargo de Assessor Jurídico e dá outras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/465/pl59_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/465/pl59_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo Municipal a conceder incentivo à empresa STONE SUPERFÍCIES LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/466/pl60_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/466/pl60_0001.pdf</t>
   </si>
   <si>
     <t>PL nº60/2025 - Estima a receita e fixa a despesa do Município de Nova Bassano/RS para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/467/pl61_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/467/pl61_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL nº61/2025 - Autoriza o Poder executivo Municipal a conceder auxílio financeiro ao CÍRCULO DE PAIS E MESTRES DO COLÉGIO ESTADUAL COBALCHINI.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/469/pl62_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/469/pl62_0001.pdf</t>
   </si>
   <si>
     <t>PL nº62/25 - Autoriza o município de Nova Bassano a receber em doação bem imóvel (letreiro turístico) da Cooperativa de Crédito SICREDI, e dá outras providências.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/471/pl63_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/471/pl63_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL nº 63 - Autoriza o Poder Executivo Municipal a firmar NOVO TERMO DE COOPERAÇÃO com o Município de Farroupilha para serviços de Alta Complexidade, aos usuários do Sistema Único de Saúde - SUS, residentes no Município de Nova Bassano, RS, e dá outras providências.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/473/pl64_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/473/pl64_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL nº65/2025 - Cria a secretaria Municipal de desenvolvimento Social, insere a referida Secretaria na Estrutura Administrativa do Município, Lei Municipal nº 1.780, de 2 de março de 2006; cria o cargo em comissão de Secretário Municipal de Desenvolvimento Social e dá outras providências.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/476/pl65_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/476/pl65_0001.pdf</t>
   </si>
   <si>
     <t>PLnº 65/2025 - Dispõe sobre o Conselho Tutelar dos Direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/475/pl66_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/475/pl66_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL nº 66/2025 - Consolida a Legislação Municipal sobre Proteção e Atendimento aos Direitos da Criança e do Adolescente, o Conselho Municipal dos Direitos da Criança  e do Adolescente - COMDICA, o Fundo Municipal dos Direitos da Criança e do Adolescente - FUMDICA, erevoga as leis municipais nº 1.654/04;1.661/04; 1.991/07; 2.195/09; 2.359/10; 2.574/13 e 2.906/17 e dá outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/478/pl67_0001_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/478/pl67_0001_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL nº 67/2025 - Autoriza o Poder Executivo Municipal a prestar auxílio financeiro ao Grupo de Apoio a Segurança Pública  GASP-NB e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/479/pl68_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/479/pl68_0001.pdf</t>
   </si>
   <si>
     <t>PL nº 68/2025 - Convênio que entre si celebram o municúipio de Veranópolis e Nova Bassano, para repasse de incentivo à qualificação do Sistema Único de Saúde - SUS, e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/480/pl69_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/480/pl69_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL nº69/2025 -  Cria o cargo de provimento efetivo de Procurador Jurídico, e dá outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/481/pl70_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/481/pl70_0001_0001.pdf</t>
   </si>
   <si>
     <t>PL nº70/2025 - Cria Secretaria Municipal de Desenvolvimento Social, insere a referida Secretaria na estrutura administrativa do município, Lei Municipal nº 1.780, de 2 de março de 2006; cria o cargo em comissão de Secretário Municipal de Desenvolvimento Social e altera a Lei nº 3.566/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/418/proj_res.ass.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/418/proj_res.ass.pdf</t>
   </si>
   <si>
     <t>Regulamenta o sistema de compras e licitações do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/419/resolucao_02-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/419/resolucao_02-2025.pdf</t>
   </si>
   <si>
     <t>Altera a data da Sessão Ordinária da Câmara de Vereadores de Nova Bassano - RS do dia 21 de abril de 2025.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>Gabinete Presidência - GABPRES</t>
   </si>
   <si>
     <t>Altera a data do feriado do dia 1º de maio, quinta-feira, para dia 02 de maio, sexta-feira.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/445/resolucao_04-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/445/resolucao_04-2025_0001.pdf</t>
   </si>
   <si>
     <t>Regulamenta a elaboração do Plano Anual de Contratações - PCA, nos termos do art.12, §1º da Lei federal nº 14.133/2021.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Secretaria das Comissões - SECCOM</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/443/250825_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/443/250825_0001.pdf</t>
   </si>
   <si>
     <t>Pedido de Urgência PL 48/2025.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>PROP</t>
   </si>
   <si>
     <t>Proposição</t>
   </si>
   <si>
     <t>Vereador Márcio Todeschini</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/434/prop01-2025_ass.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/434/prop01-2025_ass.pdf</t>
   </si>
   <si>
     <t>Que seja homenageado 1º Sgt.Alcindo Antônio Zanella, com entrega de placa, na data de 17 de março de 2025, às 20h.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>Vereador Márcio De Conto</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/432/prop02-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/432/prop02-2025_0001.pdf</t>
   </si>
   <si>
     <t>Colocação de uma parada de ônibus coberta, de uma faixa de segurança ( faixa elevada ou lombofaixa) e de placa indicando parada de ônibus na rua Vereador Aquilino Dalla Costa,, no bairro Monte Bello, nas proximidades da numeração 470.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/425/proposicao_no04-_gilberto_-_cadeiras_de_rodas.docx</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/425/proposicao_no04-_gilberto_-_cadeiras_de_rodas.docx</t>
   </si>
   <si>
     <t>Que seja providenciada a aquisição de 7 (sete) cadeiras de rosa, 7 (sete) andadores e 7 (sete) pares de muletas, a fim de atender à população que necessita destes equipamentos.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/430/prop05-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/430/prop05-2025_0001.pdf</t>
   </si>
   <si>
     <t>Que seja avaliada a possibilidade de instituir ponto facultativo nas repartições públicas do Município, sem prejuízo da prestação dos serviços essenciais, nas datas que refere.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/439/prop06-2025ass_0001_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/439/prop06-2025ass_0001_0001.pdf</t>
   </si>
   <si>
     <t>Proposição 06/2025- Sugerem ao Poder executivo Municipal o encaminhamento de Projeto de Lei que dispõe sobre a remoção de veículos abandonados ou estacionados em situação que caracterize abandono, em via pública no município de Nova Bassano -RS_x000D_
 AUTORIA: Márcio De Conto e Kena L.Matias Xavier</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/460/proposicao_no07.2025_-_gilberto_-_feriados_docx.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/460/proposicao_no07.2025_-_gilberto_-_feriados_docx.pdf</t>
   </si>
   <si>
     <t>Prop.nº07/2025 - Que seja avaliada a possibilidade de instituir feriados e pontos facultativos nas repartições públicas do Município, nas seguintes datas:_x000D_
 a) Segunda-feira e Terça-feira de carnaval - Feriado;_x000D_
 b) 24 e 31de dezembro (véspera de Natal e Ano Novo) - Feriado.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>Vereador Márcio De Conto, Vereadora Cidania de Moraes, Vereadora Odete Zanon Viccari, Vereador Oscar Francisco Todeschini</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/468/proposicao_no09_marcio_de_conto.docx</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/468/proposicao_no09_marcio_de_conto.docx</t>
   </si>
   <si>
     <t>Aquisição de Câmeras LPR para fins de cercamento eletrônico do perímetro urbano de Nova Bassano.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>Vereadora Kena L.Xavier Matias, Vereador Jean  Carlos Ansolin, Vereador Márcio Todeschini</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/472/proposicao_10.2025_-_homenagem_isadora_3.docx</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/472/proposicao_10.2025_-_homenagem_isadora_3.docx</t>
   </si>
   <si>
     <t>Que seja homenageada a atleta Isadora Sebben, com entrega de placa, na data de 09 de fevereiro de 2026, às 20h.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vereador Elias Dall Agnol</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/441/indicacaono_01-2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/441/indicacaono_01-2025_0001.pdf</t>
   </si>
   <si>
     <t>Alterar o nome da creche Magia e Saber para Creche municipal Elza Antoniolli Dalla Costa.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/464/indicacaono02-2025.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/464/indicacaono02-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a viabilidade de implantação de um Projeto de Rua Coberta no município de Nova Bassanio- RS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>DecLe</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/421/decreto_contas_prefeito_2025_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/421/decreto_contas_prefeito_2025_0001.pdf</t>
   </si>
   <si>
     <t>Disopõe sobre a aprovação de contas anuais referente ao exercício 2022, sob responsabilidade dos administradores Ivaldo Dalla Costa e João Paulo Maroso.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1369,68 +1369,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/470/mocao_de_apoio_no03__apoio_apae.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_decreto_no01-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/374/pl01-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/375/pl02-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/376/pl03-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/377/pl04-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/378/pl05-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/379/pl06-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/380/pl07-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/386/pl08-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/388/pl10-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/390/pl11-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/391/pl12-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/392/pl13-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/393/pl14-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/396/pl17-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/397/pl18-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/399/pl20-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/400/pl21-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/401/pl22-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/402/pl23-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/403/pl24-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/404/pl25-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/405/pl26-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/408/pl27-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/416/pl29-2025_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/417/pl30-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/411/pl31-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/412/pl32-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/413/pl33-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/414/pl34-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/422/pl37_0001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/423/pl38_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/426/pl40_2025_0001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/427/pl41_0001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/428/pl42_0001_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/429/pl43_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/436/pl45_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/437/pl46_0001_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/438/pl47_0001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/440/pl48_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/457/pl49_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/448/pl50_0001_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/449/pl51_0001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/451/pl53_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/452/pl54_0001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/456/pl55_0001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/454/pl56_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/465/pl59_0001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/466/pl60_0001.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/467/pl61_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/469/pl62_0001.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/471/pl63_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/473/pl64_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/476/pl65_0001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/475/pl66_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/478/pl67_0001_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/479/pl68_0001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/480/pl69_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/481/pl70_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/418/proj_res.ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/419/resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/445/resolucao_04-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/443/250825_0001.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/434/prop01-2025_ass.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/432/prop02-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/425/proposicao_no04-_gilberto_-_cadeiras_de_rodas.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/430/prop05-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/439/prop06-2025ass_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/460/proposicao_no07.2025_-_gilberto_-_feriados_docx.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/468/proposicao_no09_marcio_de_conto.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/472/proposicao_10.2025_-_homenagem_isadora_3.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/441/indicacaono_01-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/464/indicacaono02-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/421/decreto_contas_prefeito_2025_0001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/470/mocao_de_apoio_no03__apoio_apae.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_decreto_no01-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/374/pl01-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/375/pl02-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/376/pl03-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/377/pl04-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/378/pl05-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/379/pl06-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/380/pl07-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/386/pl08-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/388/pl10-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/390/pl11-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/391/pl12-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/392/pl13-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/393/pl14-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/396/pl17-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/397/pl18-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/399/pl20-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/400/pl21-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/401/pl22-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/402/pl23-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/403/pl24-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/404/pl25-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/405/pl26-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/408/pl27-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/416/pl29-2025_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/417/pl30-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/411/pl31-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/412/pl32-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/413/pl33-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/414/pl34-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/422/pl37_0001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/423/pl38_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/426/pl40_2025_0001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/427/pl41_0001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/428/pl42_0001_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/429/pl43_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/436/pl45_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/437/pl46_0001_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/438/pl47_0001.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/440/pl48_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/457/pl49_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/448/pl50_0001_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/449/pl51_0001.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/451/pl53_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/452/pl54_0001.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/456/pl55_0001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/454/pl56_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/465/pl59_0001.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/466/pl60_0001.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/467/pl61_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/469/pl62_0001.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/471/pl63_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/473/pl64_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/476/pl65_0001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/475/pl66_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/478/pl67_0001_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/479/pl68_0001.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/480/pl69_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/481/pl70_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/418/proj_res.ass.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/419/resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/445/resolucao_04-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/443/250825_0001.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/434/prop01-2025_ass.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/432/prop02-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/425/proposicao_no04-_gilberto_-_cadeiras_de_rodas.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/430/prop05-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/439/prop06-2025ass_0001_0001.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/460/proposicao_no07.2025_-_gilberto_-_feriados_docx.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/468/proposicao_no09_marcio_de_conto.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/472/proposicao_10.2025_-_homenagem_isadora_3.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/441/indicacaono_01-2025_0001.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/464/indicacaono02-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2025/421/decreto_contas_prefeito_2025_0001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="113" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>