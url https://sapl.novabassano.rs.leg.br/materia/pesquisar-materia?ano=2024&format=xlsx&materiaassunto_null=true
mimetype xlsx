--- v0 (2026-01-26)
+++ v1 (2026-03-31)
@@ -54,642 +54,642 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Vereadora Alais Lovera, Vereadora Cidania de Moraes, Vereador Antônio Tapparo, Vereador Gilberto Luis Artifon, Vereador Ivanor Biotto, Vereador Márcio Todeschini, Vereador Márcio De Conto</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/462/mocao01-2025_apoio_anistia_divida_rgs_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/462/mocao01-2025_apoio_anistia_divida_rgs_0001.pdf</t>
   </si>
   <si>
     <t>Moção de apoio para Anistia das parcelas da dívida pública do Estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária.</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/327/01-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/327/01-2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2. ° da lei 3.220, de 18 de agosto de 2021, que denomina ruas localizadas no Loteamento Alphaville e da outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/328/02-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/328/02-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito Especial no orçamento de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/329/03-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/329/03-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito Especial no Orçamento de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/330/04-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/330/04-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a receber em doação de bens oriundos do fórum da comarca de Nova Prata -RS, conforme relação em anexo, e dá outras providências</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/331/05-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/331/05-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a fazer contratação temporária de 02 (dois) operários</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/332/06-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/332/06-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no orçamento de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxilio ao Centro de Tradições Gaúchas Pousada do Imigrante, e dá outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/334/08-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/334/08-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Nova Bassano a firmar convênio com o município de Veranópolis para repasse de cofinanciamento na contratação de exames de ressonância magnética.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/335/09-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/335/09-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a firmar Termo de Cooperação com o SERVIÇO SOCIAL DO COMÉRCIO – SESC para organizar o Torneio de Voleibol Misto em Cancha de Areia de Nova Bassano 2024 e dá outras providências</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/336/10-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/336/10-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com o município de Serafina Correa e dá outras providências.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/337/11-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/337/11-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial no orçamento de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/338/12-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/338/12-2024.pdf</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/339/13-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/339/13-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxílio a ASSOCIAÇÃO BASSANO JEEP CLUBE e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/340/14-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/340/14-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação e utilização do Selo em homenagem aos 60 anos de Nova Bassano e dá outras providências.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/341/15-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/341/15-2024.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal n° 3.329 de 21 de setembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/342/16-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/342/16-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice para a Revisão Geral, anual, acumulada no período das remunerações dos servidores públicos do Poder Executivo Municipal, Aposentados Pensionistas, conselheiros tutelares, Agentes de Combates a Endemias e Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/343/17-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/343/17-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a fazer contratação temporária de Professores e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/344/18-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/344/18-2024.pdf</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/347/19-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/347/19-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder auxilio a ASSOCIAÇÃO VENETA DE NOVA BASSANO - AVENOBA, e dá outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>- Cria vagas dos cargos de Provimento Efetivo de: Pedagogo, Monitor Cultural, Secretário de Escola e Professor de Educação Especial, os quais passam a integrar o Quadro de Cargos de provimento Efetivo da Administração Centralizada do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/349/projeto_de_lei_21_2024_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/349/projeto_de_lei_21_2024_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza firmar convênio com o município de Veranópolis e Nova Bassano, para repasse de incentivo à qualificação do Sistema Único de Saúde (SUS) e dá outras providências.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/350/projeto_de_lei_22_2024_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/350/projeto_de_lei_22_2024_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar despesas da “Comemoração dos 60 anos de emancipação política de Nova Bassano”.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/351/pl23_2024_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/351/pl23_2024_0001.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BOLETIM OFICIAL MUNICIPAL - BOM - COMO ÓRGÃO OFICIAL DE PUBLICAÇÃO DOS ATOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/352/pl24_2024_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/352/pl24_2024_0001.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART.68 DA LEI MUNICIPAL Nº 1.715 DE 2005, QUE RESTRUTURA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES EFETIVOS DO MUNICÍPIO DE NOVA BASSANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/353/pl25-2024_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/353/pl25-2024_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL NO ORÇAMENTO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/354/pl26_2024_0001.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/354/pl26_2024_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CONTRATAÇÃO TEMPORÁRIA DE PROFESSORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO AO CÍRCULO DE PAIS E MESTRES DO COLÉGIO ESTADUAL PE.COLBACHINI.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/358/pl28_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/358/pl28_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O MUNICÍPIO DE NOVA PRATA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/359/pl29_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/359/pl29_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNCIO COM O MUNICÍPIO DE VISTA ALEGRE DO PRATA, OBJETIVANDO A CONSTRUÇÃO DA PONTE SOBRE O ARROIO NEGRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/360/pl30_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/360/pl30_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DA LEI MUNICIPAL Nº1.715, DE 30 DE MAIO DE 2005 ( REGIME PRÓRPIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES MUNICIPAIS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/361/pl31_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/361/pl31_2024.pdf</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/363/pl32_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/363/pl32_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL NO ORÇAMENTO DE 2024 EDÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/364/pl34_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/364/pl34_2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DO IMPOSTO SOBRE TRANMISSÃO INTER VIVOS DE BENS IMÓVEIS - ITBI, COMO MEDIDA ADMINISTRATIVA PARA MITIGAÇÃO E REDUÇÃO DOS IMPACTOS FINANCEIROS OCASIONADOS PELAS ENCHENTES NO MUNICÍPIO DE NOVA BASSANO/RS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/362/pl35_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/362/pl35_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS LOCALIZADAS NO LOTEAMENTO DI MARCO, NO MUNICÍPIO DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE V CONCURSO FOTOGRÁFICO DE NOVA BASSANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/366/pl37_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/366/pl37_2024.pdf</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/367/pl38_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/367/pl38_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A RECEBER EM CESSÃO DE USO BEM IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/368/pl39_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/368/pl39_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO FIRMAR CONVÊNIO COM O MUNICÍPIO FIRMAR CONVÊNIO COM O  MUNICÍPIO DE GUAPORÉ COM O FIM DE QUIALIFICAR O SUS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/369/pl_41_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/369/pl_41_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/370/pl41_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/370/pl41_2024.pdf</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/371/pl42_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/371/pl42_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO/EMISSÃO DE ALVARÁ DE LICENÇA PARA LOCALIZAÇÃO DE ESTABELECIMENTO E/OU FUNCIONAMENTO DE QUALQUER NATUREZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL MNO ORÇAMENTO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO A BRETANO PROJETOS E EVENTOS CULTURAIS LTDA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, COM A GARANTIA DA UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/384/pl47_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/384/pl47_2024.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NOVA BASSANO/RS PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/385/pl48_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/385/pl48_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA TRAVESSAS LOCALIZADAS NO LOTEAMENTO SILVA JARDIM, NO MUNICÍPIO DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Ivaldo Daalla Costa</t>
   </si>
   <si>
     <t>Altera a tabela IX anexa à Lei Municipal nº 3.419, de 11 de setembro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/373/projeto_resolucao_01_2024_-_02_dezembro.docx</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/373/projeto_resolucao_01_2024_-_02_dezembro.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INDENIZAÇÕES DE DESPESA DE VIAGEM( ALIMENTAÇÃO, TRANSPORTE INTERNO E HOSPEDAGEM) A VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE NOVA BASSANO.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/345/01-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/345/01-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice para a revisão geral anual da remuneração dos servidores públicos do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/346/02-2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/346/02-2024.pdf</t>
   </si>
   <si>
     <t>Concede reposição salarial de 3,08%, aos secretários municipais, vereadores, prefeito e vice-prefeito, e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/355/03_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/355/03_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE DOBRE A FIXAÇÃO DO SUBSÍDIO MENSAL DOS VEREADORES DA CÂMARA MUNICIPAL DE NOVA BASSANO, RS, PARA O PERÍODO DE 1º DE JANEIRO DE 2025 A 31 DE DEZEMBRO DE 2028.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/356/04_2024.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/356/04_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE FIXAÇÃO DE SUBISÍDIO MENSAL DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE NOVA BASSANO PARA O PERÍODO DE 1º DE JANEIRO DE 2025 A 31 DE DEZEMBRO DE 2028.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -996,68 +996,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/462/mocao01-2025_apoio_anistia_divida_rgs_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/327/01-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/328/02-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/329/03-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/330/04-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/331/05-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/332/06-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/334/08-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/335/09-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/336/10-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/337/11-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/338/12-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/339/13-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/340/14-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/341/15-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/342/16-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/343/17-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/344/18-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/347/19-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/349/projeto_de_lei_21_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/350/projeto_de_lei_22_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/351/pl23_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/352/pl24_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/353/pl25-2024_0001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/354/pl26_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/358/pl28_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/359/pl29_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/360/pl30_2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/361/pl31_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/363/pl32_2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/364/pl34_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/362/pl35_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/366/pl37_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/367/pl38_2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/368/pl39_2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/369/pl_41_2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/370/pl41_2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/371/pl42_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/384/pl47_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/385/pl48_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/373/projeto_resolucao_01_2024_-_02_dezembro.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/345/01-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/346/02-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/355/03_2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/356/04_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/462/mocao01-2025_apoio_anistia_divida_rgs_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/327/01-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/328/02-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/329/03-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/330/04-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/331/05-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/332/06-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/334/08-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/335/09-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/336/10-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/337/11-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/338/12-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/339/13-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/340/14-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/341/15-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/342/16-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/343/17-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/344/18-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/347/19-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/349/projeto_de_lei_21_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/350/projeto_de_lei_22_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/351/pl23_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/352/pl24_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/353/pl25-2024_0001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/354/pl26_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/358/pl28_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/359/pl29_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/360/pl30_2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/361/pl31_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/363/pl32_2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/364/pl34_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/362/pl35_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/366/pl37_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/367/pl38_2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/368/pl39_2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/369/pl_41_2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/370/pl41_2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/371/pl42_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/384/pl47_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/385/pl48_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/373/projeto_resolucao_01_2024_-_02_dezembro.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/345/01-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/346/02-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/355/03_2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2024/356/04_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="171.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="253.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>