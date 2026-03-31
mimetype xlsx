--- v0 (2025-12-02)
+++ v1 (2026-03-31)
@@ -54,1485 +54,1485 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Vereadora Alais Lovera</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/153/proposta_de_emenda_modificativa_ao_projeto_de_lei_no_39-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/153/proposta_de_emenda_modificativa_ao_projeto_de_lei_no_39-2022.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa ao Projeto de Lei nº 39, de 27 de abril de 2022.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/195/mocao_de_solidariedade_no_01-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/195/mocao_de_solidariedade_no_01-2022.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE SOLIDARIEDADE AO CHAMAMENTO DE TODOS OS APROVADOS NA PRIMEIRA FASE DO CONCURSO VIGENTE DA SUSEPE-RS, PARA QUE SEJAM CONVOCADOS PARA A SEGUNDA FASE (TESTE DE APTIDÃO FÍSICA), PREVISTA NO CERTAME.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Vereador William Cóser França</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO EMÉRITO AO SR. RONALDO SANTINI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária.</t>
   </si>
   <si>
     <t>Ivaldo Dalla Costa</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_no_01-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_no_01-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA AS DESCRIÇÕES DAS ATRIBUIÇÕES DO CARGO DE TESOUREIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_no_02-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_no_02-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_no_03-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_no_03-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO TEMPORÁRIA POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCINAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_no_04-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_no_04-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CONTRATAÇÃO TEMPORÁRIA DE PROFESSORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_no_05-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_no_05-2022.pdf</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_no_06-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_no_06-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL NO ORÇAMENTO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/105/projeto_de_lei_no_07-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/105/projeto_de_lei_no_07-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE NOVA BASSANO, AFIRMAR CONVÊNIO COM OS MUNICÍPIOS DE NOVA PRATA, PARAI, PROTASIO ALVES, SÃO JORGE, GUABIJU E NOVA ARAÇÁ, PARA CONTRATAÇÃO DE EXAMES DE TOMOGRAFIA PELO SISTEMA ÚNICO DE SAÚDE, CONFORME RESOLUÇÃO CIB/RS425/21 E DA DELIBERAÇÃO Nº 008/2021 DA CIR SERRA, DE 22 DE NOVEMBRO DE 2021, EM MÚTUA COLABORAÇÃO ENTRE OS PARTÍCIPES.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_no_08-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_no_08-2022.pdf</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_no_09-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_no_09-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GARANTIA DE REALIZAÇÃO DE TRABALHOS HOME OFFICE (TRABALHO REMOTO), ENQUANTO PERDURAR O ESTADO DE CALAMIDADE PÚBLICA DECORRENTE DA PANDEMIA CAUSADA PELO NOVO CORONAVÍRUS (COVID-19), ÀS SERVIDORAS PÚBLICAS MUNICIPAIS GESTANTES, DURANTE O PERÍODO GESTACIONAL, MEDIANTE AVALIAÇÃO MÉDICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_no_10-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_no_10-2022.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A REALIZAR CESSÃO DE USO DE ÁREA DE TERRAS A CORSAN.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_no_11-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_no_11-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE PARCERIA COM O CENTRO DE TRADIÇÕES GAÚCHAS POUSADA DO IMIGRANTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_no_12-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_no_12-2022.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO EM COMISSÃO DE COORDENADOR DE AGENDAMENTO E MARCAÇÃO DE CONSULTAS E EXAMES, NA ESTRUTURA DA SECRETARIA MUNICIPAL DA SAÚDE E ASSISTÊNCIA SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_de_lei_no_13-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_de_lei_no_13-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE 1 (UM) FARMACÊUTICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_de_lei_no_14-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_de_lei_no_14-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE CONCURSO FOTOGRÁFICO ALUSIVO AO ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICA E ADMINISTRATIVA DO MUNICÍPIO DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_de_lei_no_15-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_de_lei_no_15-2022.pdf</t>
   </si>
   <si>
     <t>CONVÊNIO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE NOVA BASSANO E O MUNICÍPIO DE VERANÓPOLIS, PARA REPASSE DE INCENTIVO À QUALIFICAÇÃO DO SISTEMA ÚNICO DE SAÚDE (SUS) E OUTROS SERVIÇOS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_no_16-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_no_16-2022.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ARTIGO E PARÁGRAFO ÚNICO NA LEI MUNICIPAL Nº 3.052, DE 06 DE NOVEMBRO DE 2018, QUE DISPÕE SOBRE A REORGANIZAÇÃO DO SISTEMA DE CONTROLE INTERNO DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_no_17-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_no_17-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A CARGA HORÁRIA E A REMUNERAÇÃO DO CARGO DE MÉDICO VETERINÁRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_no_18-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_no_18-2022.pdf</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_no_19-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_no_19-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE PREVENÇÃO E COMBATE AO MOSQUITO AEDES AEGYPTI, TRANSMISSOR DE DOENÇAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_no_20-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_no_20-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL NO ORÇAMENTO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_no_21-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_no_21-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A UTILIZAÇÃO DA NOVA LOGOMARCA PARA O MUNICÍPIO DE NOVA BASSANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_no_22-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_no_22-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DO FESTIVAL DE TALENTOS ESTUDANTES DO MUNICÍPIO DE NOVA BASSANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_de_lei_no_23-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_de_lei_no_23-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DO CONCURSO DE DESENHOS, FRASES E REDAÇÕES DO MUNICÍPIO DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/124/projeto_de_lei_no_24-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/124/projeto_de_lei_no_24-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A SUBSIDIAR PARTE DO ALUGUEL PAGO PELA EMPRESA SA3 COMERCIO E ABATE DE AVES LTDA E DÁ OUTAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_de_lei_no_25-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_de_lei_no_25-2022.pdf</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_no_26-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_no_26-2022.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO ESTABELECIDO PELA LEI MUNICIPAL Nº 3.195, DE 27 DE ABRIL DE 2021, PARA QUE O ACRÉSCIMO DE 5% (CINCO POR CENTO) AO PERCENTUAL MÁXIMO PARA CONTRATAÇÃO DE OPERAÇÕES DE CRÉDITO COM DESCONTO AUTOMÁTICO EM FOLHA DE PAGAMENTO SEJA CONCEDIDO ATÉ 31 DE DEZEMBRO DE 2022.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_no_27-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_no_27-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE PARCERIA COM A ASSOCIAÇÃO NOVA BASSANO DE FUTEBOL INDEPENDENTE (ANBFI), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_no_28-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_no_28-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE PARCERIA COM A ASSOCIAÇÃO DE ARTES MARCIAIS CAVALHEIRO TEAM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_no_29-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_no_29-2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OS PARQUES URBANOS DO MUNICÍPIO DE NOVA BASSANO, EM CONFORMIDADE COM OS DISPOSITIVOS LEGAIS CONSTANTES NA LEI FEDERAL Nº 11.428/2006 (LEI DA MATA ATLÂNTICA), LEI FEDERAL Nº 12.651/2012 (CÓDIGO FLORESTAL), DECRETO FEDERAL Nº 6660/2008, LEI FEDERAL Nº 6.766/1979 (LEI DE PARCELAMENTOS DE SOLOS), LEI MUNICIPAL Nº 2.633/2013 (LEI MUNICIPAL DE PARCELAMENTO DE SOLOS).</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/130/projeto_de_lei_no_30-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/130/projeto_de_lei_no_30-2022.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS PÚBLICOS DE AGENTE DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/131/projeto_de_lei_no_31-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/131/projeto_de_lei_no_31-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DO CONCURSO DE DESENHOS E REDAÇÕES DO MUNICÍPIO DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_lei_no_32-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_lei_no_32-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DO FESTIVAL DE TALENTOS ESTUDANTIS DO MUNICÍPIO DE NOVA BASSANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_lei_no_33-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_lei_no_33-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CELEBRAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_no_34-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_no_34-2022.pdf</t>
   </si>
   <si>
     <t>CRIA VAGAS DE PROVIMENTO EFETIVO DE MANIPULADOR DE ALIMENTOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_no_35-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_no_35-2022.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS DE PROVIMENTO EFETIVO DE LICENCIADOR AMBIENTAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_no_36-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_no_36-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR DESPESAS DA "SEMANA DO MUNICÍPIO DE NOVA BASSANO - 58 ANOS DE EMANCIPAÇÃO POLÍTICA"</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_no_37-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_no_37-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR O EVENTO TAÇA JOÃO DAGNESE DE BOCHAS, CONSTANTE NO CALENDÁRIO DE EVENTOS, LEI MUNICIPAL Nº 3.247 DE 21 DE DEZEMBRO DE 2021: AUTORIZA A EXECUÇÃO DE DESPESAS NA REALIZAÇÃO DO EVENTO.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_no_38-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_no_38-2022.pdf</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_no_39-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_no_39-2022.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO PÚBLICO DE ATENDENTE DE FARMÁCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_no_40-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_no_40-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A LOCAR IMÓVEL NO PERÍMETRO URBANO DO MUNICÍPIO E A REALIZAR DESPESAS COM A NOVA SEDE DO POSTO DA POLÍCIA RODOVIÁRIA ESTADUAL NO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_no_41-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_no_41-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO DA LEI MUNICIPAL Nº 3.247, DE 21 DE DEZEMBRO DE 2021, QUE DISPÕE SOBRE O CALENDÁRIO DE EVENTOS DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_no_42-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_no_42-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CONTRATAÇÃO TEMPORÁRIA DE 03 (TRÊS) OPERÁRIOS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_no_43-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_no_43-2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE PARA A REVISÃO GERAL, ANUAL, ACUMULADA NO PERÍODO, DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL, APOSENTADOS, PENSIONISTAS, CONSELHEIROS TUTELARES E AGENTES COMUNITÁRIOS DE SAÚDE.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_no_44-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_no_44-2022.pdf</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_no_45-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_no_45-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO SUPLEMNTAR NO ORÇAMENTO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_no_46-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_no_46-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CONTRATAÇÃO TEMPORÁRIA DE PROFESSOR DE LÍNGUA INGLESA E PROFESSOR DE SÉRIES INICIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_no_48-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_no_48-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.470, DE 27 DE DEZEMBRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/151/projeto_de_lei_no_49-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/151/projeto_de_lei_no_49-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO BENS ORIUNDOS DA SECRETARIA DA RECEITA FEDERAL, DESTINÁ-LOS A ACONSEL, MANTENEDORA DO HOSPITAL NOSSA SENHA DE LOURDES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei_no_50-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei_no_50-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CONTRATAÇÃO TEMPORÁRIA DE 02 (DUAS) DOMÉSTICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_no_51-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_no_51-2022.pdf</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/156/projeto_de_lei_no_52-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/156/projeto_de_lei_no_52-2022.pdf</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/157/projeto_de_lei_no_53-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/157/projeto_de_lei_no_53-2022.pdf</t>
   </si>
   <si>
     <t>EXCLUI A DENOMINAÇÃO DE SÉRIES PARA ENSINO FUNDAMENTAL INCOMPLETO NOS PROVIMENTOS DE CARGOS PÚBLICOS.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_no_54-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_no_54-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO AO CTG POUSADA DO IMIGRANTE, DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_no_55-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_no_55-2022.pdf</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_no_56-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_no_56-2022.pdf</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_no_57-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_no_57-2022.pdf</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_no_58-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_no_58-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DE SAÚDE - CMS, REVOGA A LEI 1.131/1997 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/164/projeto_de_lei_no_59-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/164/projeto_de_lei_no_59-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRIBUIÇÃO PARA MANUTENÇÃO DO COREDE REGIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_no_60-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_no_60-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O MUNICÍPIO DE SERAFINA CORREA.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_no_61-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_no_61-2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A FIXAÇÃO DO PISO SALARIAL DOS CARGOS DE AGENTE COMUNITÁRIO DA SAÚDE NOS TERMOS DA EMENDA CONSTITUCIONAL Nº 12/2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_no_62-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_no_62-2022.pdf</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/167/projeto_de_lei_no_63-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/167/projeto_de_lei_no_63-2022.pdf</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/169/projeto_de_lei_no_64-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/169/projeto_de_lei_no_64-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO SUPLEMENTAR NO ORÇAMENTO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_no_65-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_no_65-2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUAS LOCALIZADAS NO LOTEAMENTO ZANELLA I E II NO MUNICÍPIO DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_no_66-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_no_66-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COOFICIALIZAÇÃO DA LÍNGUA TALIAN NO MUNICÍPIO DE NOVA BASSANO - RS, E DÁ  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_no_67-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_no_67-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESA NO AUXÍLIO FINANCEIRO AOS CPMS DAS ESCOLAS MUNICIPAIS DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_no_68-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_no_68-2022.pdf</t>
   </si>
   <si>
     <t>O MUNICÍPIO DE NOVA BASSANO RATIFICA O TERCEIRO TERMO ADITIVO AO CONTRATO DE CONSÓRCIO PÚBLICO DO CONSÓCIO INTERMUNICIPAL DE DESENVOLVIMENTO SUSTENTÁVEL DA SERRA GAÚCHA (CISGA), DO QUAL FAZ PARTE, TERMO ADITIVO ESSE QUE OBJETIVA CONSOLIDAR AS CLÁUSULAS DO MENCIONADO INSTRUMENTO, TENDO EM VISTA QUE ELE SOFREU VARIADAS ALTERAÇÕES DESDE A SUA SUBSCRIÇÃO ORIGINÁRIA.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_de_lei_no_69-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_de_lei_no_69-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O REQUISITO DE ESCOLARIDADE EXIGIDO PRA INGRESSO NO CARGO DE AGENTE COMUNITÁRIO DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/178/projeto_de_lei_no_70-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/178/projeto_de_lei_no_70-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.716/2005, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_no_71-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_no_71-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.202, DE 12 DE JULHO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_de_lei_no_72-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_de_lei_no_72-2022.pdf</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_de_lei_no_73-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_de_lei_no_73-2022.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS DE PROVIMENTO EFETIVO DE ENFERMEIRO DE ESTRATÉGIA DA SAÚDE DA FAMÍLIA, OS QUAIS PASSAM A INTEGRAR O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DA ADMINISTRAÇÃO CENTRALIZADA DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/183/projeto_de_lei_no_74-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/183/projeto_de_lei_no_74-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_de_lei_no_75-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_de_lei_no_75-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.184, DE 09 DE MARÇO DE 2021, A FIM DE ACRESCENTAR DISPOSIÇÃO SOBRE MEDIDAS A SEREM TOMADAS EM CASO DE EMERGÊNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_no_76-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_no_76-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE NOVA BASSANO, A RECEBER EM DOAÇÃO, IMÓVEL DE PROPRIEDADE DA INCORPORADORA ALPINI LTDA; AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSINAR CONTRATOS PRELIMINARES E ESCRITURA PÚBLICA DEFINITIVA DE DOAÇÃO.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_de_lei_no_77-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_de_lei_no_77-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR AUTORIZAÇÃO DE USO DE ESPAÇO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_de_lei_no_78-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_de_lei_no_78-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR, EM CARÁTER TEMPORÁRIO E DE EXCEPCIONAL INTERESSE PÚBLICO, OS PROFISSIONAIS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_no_79-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_no_79-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO FINANCEIRO AO CONSELHO DE PAIS E MESTRES DO COLÉGIO ESTADUAL PE. COLBACHINI.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_no_80-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_no_80-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS PARA CONTRATAÇÃO DE EMPRESA DE SEGURANÇA PARA AS FESTIVIDADES DA SEMANA FARROUPILHA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_no_81-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_no_81-2022.pdf</t>
   </si>
   <si>
     <t>INCLUI A CATEGORIA DA CNH COMO EXIGENCIA DOS CARGOS DE FISCAL DE OBRAS E POSTURA E FISCAL DE MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_de_lei_no_82-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_de_lei_no_82-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INSICO IX DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_de_lei_no_83-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_de_lei_no_83-2022.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO EM COMISSÃO DE COORDENADOR DA UNIDADE BÁSICA DE SAÚDE RICIERI ZANETTI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_de_lei_no_84-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_de_lei_no_84-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.225/21, DE 15 DE SETEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_no_85-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_no_85-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL Nº 2.799, DE 30 DE OUTUBRO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_no_86-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_no_86-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CELEBRAR CONVENIO COM A ASSOCIAÇÃO COMUNITÁRIA HOSPITAL NOSSA SENHORA DE LOURDES - ACONSEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_no_87-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_no_87-2022.pdf</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_no_88-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_no_88-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO TEMPORÁRIA DE EXCPCIONAL INTERESSE PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_no_89-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_no_89-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM O MUNICÍPIO DE GARIBALDI, OBJETIVANDO O REPASSE DE VALORES PARA A QUALIFICAÇÃO DO SISTEMA ÚNICO DE SAÚDE (SUS), ATRAVÉS DO PROGRAMA ASSISTIR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_de_lei_no_90-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_de_lei_no_90-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.126, DE 18 DE DEZEMBRO DE 2019, QUE DISPÕE SOBRE O PLANO DIRETOR MUNICIPAL E ESTABELECE AS DIRETRIZES E PROPOSIÇÕES DE DESENVOLVIMENTO URBANO NO MUNICÍPIO DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_de_lei_no_91-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_de_lei_no_91-2022.pdf</t>
   </si>
   <si>
     <t>RATIFICA OS TERMOS DO PROTOCOLO DE INTERCÂMBIO - GEMELLAGGIO - FIRMADO COM A COMUNIDADE ITALIANA DE BASSANO DEL GRAPPA,  DECLARA COMO PATRIMÔNIO CULTURAL IMATERIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_de_lei_no_92-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_de_lei_no_92-2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE NOVA BASSANO PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/206/projeto_de_lei_no_93-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/206/projeto_de_lei_no_93-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO AO CDL CÂMARA DE DIRIGENTES LOJISTAS DE NOVA BASSANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_lei_no_94-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_lei_no_94-2022.pdf</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_de_lei_no_95-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_de_lei_no_95-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER INCENTIVO À EMPRESA CONSTRUTORA JODEAL LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_de_lei_no_96-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_de_lei_no_96-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO DE 01 (UM) AGENTE COMUNITÁRIO DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_no_97-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_no_97-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 3.132/19, QUE DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_no_98-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_no_98-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.457/2011, QUE DISPÕE SOBRE A POLÍTICA DE INCENTIVO AO DESENVOLVIMENTO ECONÔMICO E SOCIAL DO MUNICÍPIO DE NOVA BASSANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_no_99-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_no_99-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 69 PARÁGRAFO ÚNICO DA LEI 1.716/05, DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/216/projeto_de_lei_no_100-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/216/projeto_de_lei_no_100-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE NOVA BASSANO, RS, PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_no_101-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_no_101-2022.pdf</t>
   </si>
   <si>
     <t>CRIA VAGAS DO CARGO DE PROVIMENTO EFETIVO DE DOMÉSTICA E SECRETÁRIO (A) DE ESCOLAS, OS QUAIS PASSAM A INTEGRAR O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DA ADMINISTRAÇÃO CENTRALIZADA DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_no_102-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_no_102-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PRORROGAÇÃO DO PRAZO DA CONTRATAÇÃO AUTORIZADA PELA LEI MUNICIPAL Nº 3.239, DE 16 DE NOVEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_no_103-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_no_103-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DA REMUNERAÇÃO MENSAL PREVISTA PARA OS CONTRATOS TEMPORÁRIOS DECORRENTES DA AUTORIZAÇÃO CONTIDA NA LEI MUNICIPAL Nº 3.325, DE 13 DE SETEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_no_104-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_no_104-2022.pdf</t>
   </si>
   <si>
     <t>CRIA VAGAS DO CARGO DE PROVIMENTO EFETIVO DE PEDAGOGO O QUAL PASSA A INTEGRAR O QUADRO DE CARGOS DE PROVIMENTO EFETIVO DA ADMINISTRAÇÃO CENTRALIZADA DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_no_105-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_no_105-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA IX, ANEXA À LEI MUNICIPAL Nº 2.249, DE 16 DE NOVEMBRO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_no_106-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_no_106-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  O PODER EXECUTIVO MUNICIPAL A FIRMAR NOVO TERMO DE COOPERAÇÃO COM O MUNICÍPIO DE FARROUPILHA PARA SERVIÇOS DE ALTA COMPLEXIDADE, AOS USUÁRIOS DO SISTEMA ÚNICO DE SAÚDE - SUS, RESIDENTES NO MUNICÍPIO DE NOVA BASSANO, RS, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_resolucao_no_01-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_resolucao_no_01-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE NOVA BASSANO A INTEGRAR E PARTICIPAR DO PARLAMENTO REGIONAL DA SERRA GAÚCHA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PROP</t>
   </si>
   <si>
     <t>Proposição</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/100/proposicao_no_01-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/100/proposicao_no_01-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO PROJETO DE LEI, COM URGÊNCIA, PARA O PODER LEGISLATIVO MUNICIPAL PARA CONCEDER REPOSIÇÃO SALARIAL A CONTAR DE 01/02/2022 AOS SERVIDORES E PROFESSORES MUNICIPAIS DETENTORES DE CARGO DE PROVIMENTO EFETIVO E COMISSIONADOS, AOS SECRETÁRIOS ADJUNTOS, AOS SERVIDORES REGIDOS PELA CLT.</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/101/proposicao_no_02-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/101/proposicao_no_02-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM FINALIZADOS OS SEGUINTES TRECHOS DE CALÇAMENT: TRECHO QUE LIGA CAPELA SANTO ANTÔNIO ATÉ O CARAVAGIO; TRECHO QUE LIGA CRISTO REDENTOR ATÉ A CAPELA AUXILIADORA (VILA SECA) E O TRECHO QUE LIGA CAPELA SÃO LUIS (ONZE UNIDOS) ATÉ A CAPELA SÃO ROQUE.</t>
   </si>
   <si>
     <t>Vereador Zeno Afonso Simon</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/102/proposicao_no_03-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/102/proposicao_no_03-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSTRUÍDA PRAÇA DE RECREAÇÃO NO BAIRRO MONTE BELO.</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/103/proposicao_no_04-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/103/proposicao_no_04-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PAVIMENTADO O ACESSO AO PERÍMETRO URBANO DO POVOADO ZANETTI E SEJA ADEQUADA A RÓTULA EXISTENTE.</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/104/proposicao_no_05-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/104/proposicao_no_05-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA COLOCADO UM PORTÃO EXCLUSIVO PARA ACESSO À ESCOLA MUNICIPAL LUIZ ZANETTI</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/108/proposicao_no_06-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/108/proposicao_no_06-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA COLOCADA UMA FAIXA DE PEDESTRE ELEVADA NA RUA SENHOR BOM JESUS, BEM COMO QUE SEJA ABERTO O PASSEIO PÚBLICO PARA TRAVESSIA DOS PEDESTRES NA MESMA RUA.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Vereador Antônio Tapparo</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/148/proposicao_no_07-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/148/proposicao_no_07-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA COLOCADA FAIXA DE PEDESTRE ELEVADA NAS RUAS CLAUDINO ANTÔNIO DAGNESE E NA RUA JOSÉ ZANELLA, AMBAS DO LOTEAMENTO ZANELLA.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/152/proposicao_no_08-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/152/proposicao_no_08-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA HOMENAGEADO ALTAMIR DA FONSECA, NO DIA 04/07/2022, ÀS 19:30 HRS, COM ENTREGA DE PLACA.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/175/proposicao_no_09-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/175/proposicao_no_09-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA COLOCADA FAIXA DE PEDESTRE ELEVADA NAS PROXIMIDADES DO CEMITÉRIO DA COMUNIDADE SÃO BRÁS.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Vereador Márcio De Conto</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/198/proposicao_no_10-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/198/proposicao_no_10-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM HOMENAGEADOS LEVI EUGENIO BORTOLANZA E INES PESSETTI, COM ENTREGA DE PLACA, NA DATA DE 24 DE OUTUBRO DE 2022, ÀS 20 HORAS.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/199/proposicao_no_11-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/199/proposicao_no_11-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM EFETUADAS MELHORIAS NO CEMITÉRIO MUNICIPAL, CONSISTENTE EM PODA DAS ÁRVORES AO REDOR DO CEMITÉRIO, LIMPEZA INTERNA, COLOCAÇÃO DE NOVAS CÂMERAS NA ENTRADA E NO INTERIOR NO CEMITÉRIO CONTEMPLANDO UM EFICAZ CERCAMENTO ELETRÔNICO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/201/proposicao_no_12-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/201/proposicao_no_12-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM HOMENAGEADOS LEVI EUGÊNCIO BORTOLANZA E INES PESSETTI, COM ENTREGA DE PLACA, NA DATA DE 24 DE OUTUBRO DE 2022, ÀS 20 HORAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/205/proposicao_no_13-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/205/proposicao_no_13-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA HOMENAGEADA A FORÇA TÁTICA DA BRIGADA MILITAR PERTENCENTE AO CRPO SERRA, TERCEIRO BPAT DA SEGUNDA COMPANHIA DE NOVA PRATA, COM ENTREGA DE PLACA, NA DATA DE 28 DE NOVEMBRO DE 2022, ÀS 19H30MIN.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/215/proposicao_no_14-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/215/proposicao_no_14-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM HOMENAGEADAS A POLÍCIA CIVIL, BRIGADA MILITAR E POLÍCIA RODOVIÁRIA ESTADUAL, COM ENTREGA DE PLACA, NO DATA DE 27 DE MARÇO DE 2023, ÀS 19H30MIN.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_no_01-2022_do_poder_legislativo.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_no_01-2022_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º DA LEI 1.498, DE 11 DE ABRIL DE 2003, AUMENTA O VALOR MENSAL DO VALE ALIMENTAÇÃO E REVOGA AS LEIS MUNICIPAIS DE Nº 2.611, DE 09 SETEMBRO DE 2013 E Nº 2.703, DE 29 DE AGOSTO DE 2014.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_no_02-2022_do_poder_legislativo.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_no_02-2022_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE PARA A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_no_03-2022_do_poder_legislativo.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_no_03-2022_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL DE 12,13%, AOS SECRETÁRIOS MUNICIPAIS, VEREADORES, PREFEITO E VICE-PREFEITO, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_do_poder_legislativo_no_04-2022.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_do_poder_legislativo_no_04-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "TALIAN" - VÊNETO BRASILEIRO COMO A SEGUNDA LÍNGUA OFICIAL DO MUNICÍPIO DE NOVA BASSANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/176/projeto_de_lei_no_05-2022_do_poder_legislativo.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/176/projeto_de_lei_no_05-2022_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPOSIÇÃO SALARIAL DE 11,89%, AOS SECRETÁRIOS MUNICIPAIS, VEREADORES, PREFEITO E VICE-PREFEITO, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Vereador Ivanor Biotto</t>
   </si>
   <si>
-    <t>https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_no_06-2022_do_poder_legislativo.pdf</t>
+    <t>http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_no_06-2022_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>ALTERA DESIGNAÇÃO DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL CRIANÇA FELIZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1839,68 +1839,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/153/proposta_de_emenda_modificativa_ao_projeto_de_lei_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/195/mocao_de_solidariedade_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/105/projeto_de_lei_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_no_12-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_de_lei_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_de_lei_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_de_lei_no_15-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_no_16-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_no_17-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_no_19-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_no_21-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_no_22-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_de_lei_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/124/projeto_de_lei_no_24-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_de_lei_no_25-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_no_26-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_no_27-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_no_28-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/130/projeto_de_lei_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/131/projeto_de_lei_no_31-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_lei_no_32-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_lei_no_33-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_no_34-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_no_35-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_no_36-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_no_37-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_no_38-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_no_46-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_no_48-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/151/projeto_de_lei_no_49-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei_no_50-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_no_51-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/156/projeto_de_lei_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/157/projeto_de_lei_no_53-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_no_55-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_no_56-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_no_57-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_no_58-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/164/projeto_de_lei_no_59-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_no_60-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_no_61-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_no_62-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/167/projeto_de_lei_no_63-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/169/projeto_de_lei_no_64-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_no_65-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_no_66-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_no_67-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_no_68-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_de_lei_no_69-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/178/projeto_de_lei_no_70-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_no_71-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_de_lei_no_72-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_de_lei_no_73-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/183/projeto_de_lei_no_74-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_de_lei_no_75-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_no_76-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_de_lei_no_77-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_de_lei_no_78-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_no_79-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_no_80-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_no_81-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_de_lei_no_82-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_de_lei_no_83-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_de_lei_no_84-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_no_85-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_no_86-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_no_87-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_no_88-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_no_89-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_de_lei_no_90-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_de_lei_no_91-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_de_lei_no_92-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/206/projeto_de_lei_no_93-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_lei_no_94-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_de_lei_no_95-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_de_lei_no_96-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_no_97-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_no_98-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_no_99-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/216/projeto_de_lei_no_100-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_no_101-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_no_102-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_no_103-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_no_104-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_no_105-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_no_106-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_resolucao_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/100/proposicao_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/101/proposicao_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/102/proposicao_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/103/proposicao_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/104/proposicao_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/108/proposicao_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/148/proposicao_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/152/proposicao_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/175/proposicao_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/198/proposicao_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/199/proposicao_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/201/proposicao_no_12-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/205/proposicao_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/215/proposicao_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_no_01-2022_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_no_02-2022_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_no_03-2022_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_do_poder_legislativo_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/176/projeto_de_lei_no_05-2022_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_no_06-2022_do_poder_legislativo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/153/proposta_de_emenda_modificativa_ao_projeto_de_lei_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/195/mocao_de_solidariedade_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/94/projeto_de_lei_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/95/projeto_de_lei_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/96/projeto_de_lei_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/97/projeto_de_lei_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/99/projeto_de_lei_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/105/projeto_de_lei_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_de_lei_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_de_lei_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_de_lei_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_de_lei_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_de_lei_no_12-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_de_lei_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_de_lei_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_de_lei_no_15-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_no_16-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_no_17-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/118/projeto_de_lei_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/119/projeto_de_lei_no_19-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/120/projeto_de_lei_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_de_lei_no_21-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_de_lei_no_22-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_de_lei_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/124/projeto_de_lei_no_24-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_de_lei_no_25-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_de_lei_no_26-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_de_lei_no_27-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_de_lei_no_28-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/130/projeto_de_lei_no_30-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/131/projeto_de_lei_no_31-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_lei_no_32-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_lei_no_33-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_lei_no_34-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/135/projeto_de_lei_no_35-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/136/projeto_de_lei_no_36-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_de_lei_no_37-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_de_lei_no_38-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_no_39-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/141/projeto_de_lei_no_41-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_no_42-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_no_43-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_no_44-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_no_45-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_no_46-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_no_48-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/151/projeto_de_lei_no_49-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei_no_50-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei_no_51-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/156/projeto_de_lei_no_52-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/157/projeto_de_lei_no_53-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/158/projeto_de_lei_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/159/projeto_de_lei_no_55-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/160/projeto_de_lei_no_56-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_de_lei_no_57-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/163/projeto_de_lei_no_58-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/164/projeto_de_lei_no_59-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/165/projeto_de_lei_no_60-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/168/projeto_de_lei_no_61-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_no_62-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/167/projeto_de_lei_no_63-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/169/projeto_de_lei_no_64-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/170/projeto_de_lei_no_65-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/171/projeto_de_lei_no_66-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/172/projeto_de_lei_no_67-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_no_68-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/177/projeto_de_lei_no_69-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/178/projeto_de_lei_no_70-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/179/projeto_de_lei_no_71-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/180/projeto_de_lei_no_72-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/181/projeto_de_lei_no_73-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/183/projeto_de_lei_no_74-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/182/projeto_de_lei_no_75-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_no_76-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_de_lei_no_77-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_de_lei_no_78-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_no_79-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_de_lei_no_80-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_no_81-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/191/projeto_de_lei_no_82-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/192/projeto_de_lei_no_83-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/193/projeto_de_lei_no_84-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/194/projeto_de_lei_no_85-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/196/projeto_de_lei_no_86-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/197/projeto_de_lei_no_87-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/200/projeto_de_lei_no_88-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_de_lei_no_89-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/203/projeto_de_lei_no_90-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/204/projeto_de_lei_no_91-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_de_lei_no_92-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/206/projeto_de_lei_no_93-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_lei_no_94-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/209/projeto_de_lei_no_95-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/210/projeto_de_lei_no_96-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_no_97-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_no_98-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_no_99-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/216/projeto_de_lei_no_100-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/217/projeto_de_lei_no_101-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_no_102-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/219/projeto_de_lei_no_103-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_no_104-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_no_105-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_no_106-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_resolucao_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/100/proposicao_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/101/proposicao_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/102/proposicao_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/103/proposicao_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/104/proposicao_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/108/proposicao_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/148/proposicao_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/152/proposicao_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/175/proposicao_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/198/proposicao_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/199/proposicao_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/201/proposicao_no_12-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/205/proposicao_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/215/proposicao_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_de_lei_no_01-2022_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_no_02-2022_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_no_03-2022_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/174/projeto_de_lei_do_poder_legislativo_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/176/projeto_de_lei_no_05-2022_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabassano.rs.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_no_06-2022_do_poder_legislativo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>